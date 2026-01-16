--- v0 (2025-11-16)
+++ v1 (2026-01-16)
@@ -1,136 +1,136 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
+  <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.oleObject"/>
   <Default Extension="emf" ContentType="image/x-emf"/>
   <Default Extension="jpeg" ContentType="image/jpeg"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
+  <Default Extension="vml" ContentType="application/vnd.openxmlformats-officedocument.vmlDrawing"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/ppt/presentation.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presentation.main+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slideMasters/slideMaster2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideMaster+xml"/>
   <Override PartName="/ppt/slides/slide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide15.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide16.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide17.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide18.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide19.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide20.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide21.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/slides/slide22.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
-  <Override PartName="/ppt/slides/slide23.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slide+xml"/>
   <Override PartName="/ppt/notesMasters/notesMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesMaster+xml"/>
   <Override PartName="/ppt/handoutMasters/handoutMaster1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.handoutMaster+xml"/>
   <Override PartName="/ppt/presProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.presProps+xml"/>
   <Override PartName="/ppt/viewProps.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.viewProps+xml"/>
   <Override PartName="/ppt/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/tableStyles.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.tableStyles+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout9.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout10.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout11.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout12.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout13.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/slideLayouts/slideLayout14.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.slideLayout+xml"/>
   <Override PartName="/ppt/theme/theme2.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme3.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/theme/theme4.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide1.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide2.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide3.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide4.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide5.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide6.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide7.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/ppt/notesSlides/notesSlide8.xml" ContentType="application/vnd.openxmlformats-officedocument.presentationml.notesSlide+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.jpeg"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="ppt/presentation.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=ppt/presentation.xml><?xml version="1.0" encoding="utf-8"?>
 <p:presentation xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" saveSubsetFonts="1" autoCompressPictures="0">
   <p:sldMasterIdLst>
     <p:sldMasterId id="2147483660" r:id="rId1"/>
     <p:sldMasterId id="2147483684" r:id="rId2"/>
   </p:sldMasterIdLst>
   <p:notesMasterIdLst>
-    <p:notesMasterId r:id="rId26"/>
+    <p:notesMasterId r:id="rId25"/>
   </p:notesMasterIdLst>
   <p:handoutMasterIdLst>
-    <p:handoutMasterId r:id="rId27"/>
+    <p:handoutMasterId r:id="rId26"/>
   </p:handoutMasterIdLst>
   <p:sldIdLst>
     <p:sldId id="258" r:id="rId3"/>
     <p:sldId id="325" r:id="rId4"/>
     <p:sldId id="308" r:id="rId5"/>
     <p:sldId id="344" r:id="rId6"/>
     <p:sldId id="345" r:id="rId7"/>
     <p:sldId id="360" r:id="rId8"/>
     <p:sldId id="346" r:id="rId9"/>
     <p:sldId id="347" r:id="rId10"/>
     <p:sldId id="361" r:id="rId11"/>
     <p:sldId id="349" r:id="rId12"/>
     <p:sldId id="350" r:id="rId13"/>
     <p:sldId id="351" r:id="rId14"/>
     <p:sldId id="336" r:id="rId15"/>
     <p:sldId id="352" r:id="rId16"/>
     <p:sldId id="354" r:id="rId17"/>
     <p:sldId id="343" r:id="rId18"/>
     <p:sldId id="355" r:id="rId19"/>
     <p:sldId id="356" r:id="rId20"/>
     <p:sldId id="313" r:id="rId21"/>
     <p:sldId id="357" r:id="rId22"/>
-    <p:sldId id="358" r:id="rId23"/>
-[...1 lines deleted...]
-    <p:sldId id="359" r:id="rId25"/>
+    <p:sldId id="362" r:id="rId23"/>
+    <p:sldId id="359" r:id="rId24"/>
   </p:sldIdLst>
   <p:sldSz cx="9144000" cy="6858000" type="screen4x3"/>
   <p:notesSz cx="6797675" cy="9926638"/>
   <p:defaultTextStyle>
     <a:defPPr>
       <a:defRPr lang="de-DE"/>
     </a:defPPr>
     <a:lvl1pPr algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
         <a:spcPct val="0"/>
       </a:spcBef>
       <a:spcAft>
         <a:spcPct val="0"/>
       </a:spcAft>
       <a:defRPr kern="1200">
         <a:solidFill>
           <a:schemeClr val="tx1"/>
         </a:solidFill>
         <a:latin typeface="Calibri" pitchFamily="34" charset="0"/>
         <a:ea typeface="+mn-ea"/>
         <a:cs typeface="Arial" charset="0"/>
       </a:defRPr>
     </a:lvl1pPr>
     <a:lvl2pPr marL="457200" algn="l" rtl="0" fontAlgn="base">
       <a:spcBef>
@@ -478,98 +478,102 @@
         </a:fontRef>
         <a:schemeClr val="lt1"/>
       </a:tcTxStyle>
       <a:tcStyle>
         <a:tcBdr>
           <a:bottom>
             <a:ln w="38100" cmpd="sng">
               <a:solidFill>
                 <a:schemeClr val="lt1"/>
               </a:solidFill>
             </a:ln>
           </a:bottom>
         </a:tcBdr>
         <a:fill>
           <a:solidFill>
             <a:schemeClr val="accent1"/>
           </a:solidFill>
         </a:fill>
       </a:tcStyle>
     </a:firstRow>
   </a:tblStyle>
 </a:tblStyleLst>
 </file>
 
 <file path=ppt/viewProps.xml><?xml version="1.0" encoding="utf-8"?>
-<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
+<p:viewPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main" lastView="sldThumbnailView">
   <p:normalViewPr>
     <p:restoredLeft sz="8901" autoAdjust="0"/>
     <p:restoredTop sz="89884" autoAdjust="0"/>
   </p:normalViewPr>
   <p:slideViewPr>
     <p:cSldViewPr snapToGrid="0" snapToObjects="1" showGuides="1">
       <p:cViewPr varScale="1">
         <p:scale>
-          <a:sx n="110" d="100"/>
-          <a:sy n="110" d="100"/>
+          <a:sx n="103" d="100"/>
+          <a:sy n="103" d="100"/>
         </p:scale>
-        <p:origin x="2034" y="96"/>
+        <p:origin x="2244" y="114"/>
       </p:cViewPr>
       <p:guideLst>
         <p:guide orient="horz" pos="2228"/>
         <p:guide pos="2880"/>
         <p:guide orient="horz" pos="1412"/>
         <p:guide pos="5307"/>
         <p:guide pos="408"/>
         <p:guide orient="horz" pos="1752"/>
       </p:guideLst>
     </p:cSldViewPr>
   </p:slideViewPr>
   <p:outlineViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="33" d="100"/>
         <a:sy n="33" d="100"/>
       </p:scale>
       <p:origin x="0" y="-7488"/>
     </p:cViewPr>
   </p:outlineViewPr>
   <p:notesTextViewPr>
     <p:cViewPr>
       <p:scale>
         <a:sx n="66" d="100"/>
         <a:sy n="66" d="100"/>
       </p:scale>
       <p:origin x="0" y="0"/>
     </p:cViewPr>
   </p:notesTextViewPr>
   <p:gridSpacing cx="72008" cy="72008"/>
 </p:viewPr>
 </file>
 
 <file path=ppt/_rels/presentation.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide23.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide6.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide11.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide16.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/handoutMaster" Target="handoutMasters/handoutMaster1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide1.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide19.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide5.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide10.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide15.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesMaster" Target="notesMasters/notesMaster1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide14.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide18.xml"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideMaster" Target="slideMasters/slideMaster1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide4.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide9.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide22.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide3.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide13.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide21.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/viewProps" Target="viewProps.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide8.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide17.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide2.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide7.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide12.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slide" Target="slides/slide20.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/presProps" Target="presProps.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/tableStyles" Target="tableStyles.xml"/></Relationships>
+</file>
+
+<file path=ppt/drawings/_rels/vmlDrawing1.vml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/_rels/handoutMaster1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="../theme/theme4.xml"/></Relationships>
 </file>
 
 <file path=ppt/handoutMasters/handoutMaster1.xml><?xml version="1.0" encoding="utf-8"?>
 <p:handoutMaster xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:bg>
       <p:bgRef idx="1001">
         <a:schemeClr val="bg1"/>
       </p:bgRef>
     </p:bg>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
@@ -614,51 +618,51 @@
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="dt" sz="quarter" idx="1"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="3849911" y="0"/>
             <a:ext cx="2946144" cy="496888"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r">
               <a:defRPr sz="1200"/>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:fld id="{4C8E3985-C270-45BB-B786-6A49C54E1720}" type="datetimeFigureOut">
               <a:rPr lang="de-AT" smtClean="0"/>
-              <a:t>09.04.2025</a:t>
+              <a:t>27.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="de-AT"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Fußzeilenplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="ftr" sz="quarter" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1" y="9429750"/>
             <a:ext cx="2946145" cy="496888"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
@@ -813,51 +817,51 @@
         <p:txBody>
           <a:bodyPr vert="horz" lIns="91440" tIns="45720" rIns="91440" bIns="45720" rtlCol="0"/>
           <a:lstStyle>
             <a:lvl1pPr algn="r" fontAlgn="auto">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
               <a:defRPr sz="1200">
                 <a:latin typeface="+mn-lt"/>
                 <a:cs typeface="+mn-cs"/>
               </a:defRPr>
             </a:lvl1pPr>
           </a:lstStyle>
           <a:p>
             <a:pPr>
               <a:defRPr/>
             </a:pPr>
             <a:fld id="{2FE7034F-8CEA-4D93-AB27-13E95B9D95ED}" type="datetimeFigureOut">
               <a:rPr lang="de-DE"/>
               <a:pPr>
                 <a:defRPr/>
               </a:pPr>
-              <a:t>09.04.2025</a:t>
+              <a:t>27.11.2025</a:t>
             </a:fld>
             <a:endParaRPr lang="de-DE"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Folienbildplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1" noRot="1" noChangeAspect="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="sldImg" idx="2"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="1165225" y="1241425"/>
             <a:ext cx="4467225" cy="3349625"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
           <a:noFill/>
           <a:ln w="12700">
@@ -9495,59 +9499,55 @@
 <file path=ppt/slides/_rels/slide17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide8.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout10.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide20.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide21.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide22.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
-[...2 lines deleted...]
-<file path=ppt/slides/_rels/slide23.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout6.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.jpeg"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/notesSlide" Target="../notesSlides/notesSlide3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout11.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/vmlDrawing" Target="../drawings/vmlDrawing1.vml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image6.emf"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/oleObject" Target="../embeddings/oleObject1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image7.png"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout5.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
 
 <file path=ppt/slides/_rels/slide9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/slideLayout" Target="../slideLayouts/slideLayout7.xml"/></Relationships>
 </file>
@@ -10786,51 +10786,51 @@
         <p:txBody>
           <a:bodyPr lIns="90000" tIns="45000" rIns="90000" bIns="45000" anchor="t">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:spcBef>
                 <a:spcPts val="499"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-AT" sz="1000" b="1" strike="noStrike" spc="-1" dirty="0" smtClean="0">
                 <a:latin typeface="Corbel"/>
               </a:rPr>
               <a:t>Version </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-AT" sz="1000" b="1" spc="-1" dirty="0" smtClean="0">
                 <a:latin typeface="Corbel"/>
               </a:rPr>
-              <a:t>1.1</a:t>
+              <a:t>1.2</a:t>
             </a:r>
             <a:endParaRPr lang="de-AT" sz="1000" b="1" strike="noStrike" spc="-1" dirty="0">
               <a:latin typeface="Arial"/>
             </a:endParaRPr>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
@@ -14476,52 +14476,52 @@
             <a:r>
               <a:rPr lang="de-AT" dirty="0"/>
               <a:t>dynamisch im Hintergrund wirken Ängste </a:t>
             </a:r>
             <a:endParaRPr lang="de-AT" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="de-AT" dirty="0" smtClean="0"/>
               <a:t>um </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-AT" dirty="0"/>
               <a:t>die eigene Sicherheit	• </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-AT" dirty="0" smtClean="0"/>
               <a:t> Ängste </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-AT" dirty="0"/>
               <a:t>zu </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-AT" dirty="0" err="1" smtClean="0"/>
-              <a:t>Statusverlus</a:t>
+              <a:rPr lang="de-AT" dirty="0" smtClean="0"/>
+              <a:t>Statusverlust</a:t>
             </a:r>
             <a:endParaRPr lang="de-AT" dirty="0" smtClean="0"/>
           </a:p>
           <a:p>
             <a:pPr lvl="1"/>
             <a:r>
               <a:rPr lang="de-AT" dirty="0" smtClean="0"/>
               <a:t>die </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-AT" dirty="0"/>
               <a:t>Angst aus der Gruppe verstoßen zu </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-AT" dirty="0" smtClean="0"/>
               <a:t>werden</a:t>
             </a:r>
             <a:endParaRPr lang="de-AT" dirty="0"/>
           </a:p>
           <a:p>
             <a:endParaRPr lang="de-AT" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
@@ -15384,51 +15384,71 @@
               <a:buClr>
                 <a:srgbClr val="E30613"/>
               </a:buClr>
               <a:buSzPct val="90000"/>
               <a:buFont typeface="Franklin Gothic Demi" panose="020B0703020102020204" pitchFamily="34" charset="0"/>
               <a:buChar char="►"/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-AT" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="5F5F5F"/>
                 </a:solidFill>
                 <a:latin typeface="Corbel" panose="020B0503020204020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>Beim Extremismus </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-AT" sz="2400" b="1" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="5F5F5F"/>
                 </a:solidFill>
                 <a:latin typeface="Corbel" panose="020B0503020204020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
-              <a:t>stehen politische, religiöse oder ethische Weltanschauungen </a:t>
+              <a:t>stehen politische, religiöse oder </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-AT" sz="2400" b="1" dirty="0" smtClean="0">
+                <a:solidFill>
+                  <a:srgbClr val="5F5F5F"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel" panose="020B0503020204020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>ethnische </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-AT" sz="2400" b="1" dirty="0">
+                <a:solidFill>
+                  <a:srgbClr val="5F5F5F"/>
+                </a:solidFill>
+                <a:latin typeface="Corbel" panose="020B0503020204020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:rPr>
+              <a:t>Weltanschauungen </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-AT" sz="2400" dirty="0">
                 <a:solidFill>
                   <a:srgbClr val="5F5F5F"/>
                 </a:solidFill>
                 <a:latin typeface="Corbel" panose="020B0503020204020204" pitchFamily="34" charset="0"/>
                 <a:cs typeface="+mn-cs"/>
               </a:rPr>
               <a:t>im Fokus. </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="360000" indent="-360000" algn="just" defTabSz="720000" fontAlgn="auto">
               <a:spcBef>
                 <a:spcPts val="0"/>
               </a:spcBef>
               <a:spcAft>
                 <a:spcPts val="600"/>
               </a:spcAft>
               <a:buClr>
                 <a:srgbClr val="E30613"/>
               </a:buClr>
               <a:buSzPct val="90000"/>
               <a:buFont typeface="Franklin Gothic Demi" panose="020B0703020102020204" pitchFamily="34" charset="0"/>
@@ -18009,205 +18029,50 @@
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:r>
               <a:rPr lang="de-AT" dirty="0"/>
               <a:t>Was ist Demokratische Identität, </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="de-AT" dirty="0"/>
               <a:t>was verbindet uns … - („eine Übung“)</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:endParaRPr lang="de-AT" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
-          <p:cNvPr id="5" name="Textplatzhalter 4"/>
-[...153 lines deleted...]
-        <p:nvSpPr>
           <p:cNvPr id="27" name="Textplatzhalter 26"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="19"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr/>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" lvl="0" indent="0">
               <a:spcAft>
                 <a:spcPts val="1800"/>
               </a:spcAft>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-AT" b="1" dirty="0"/>
               <a:t>Diskutieren Sie im Plenum oder in einer Murmelgruppe </a:t>
             </a:r>
             <a:br>
               <a:rPr lang="de-AT" b="1" dirty="0"/>
@@ -18896,51 +18761,51 @@
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
-<file path=ppt/slides/slide23.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=ppt/slides/slide22.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Textplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="17"/>
           </p:nvPr>
@@ -19050,79 +18915,50 @@
       <p:par>
         <p:cTn id="1" dur="indefinite" restart="never" nodeType="tmRoot"/>
       </p:par>
     </p:tnLst>
   </p:timing>
 </p:sld>
 </file>
 
 <file path=ppt/slides/slide3.xml><?xml version="1.0" encoding="utf-8"?>
 <p:sld xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:p="http://schemas.openxmlformats.org/presentationml/2006/main">
   <p:cSld>
     <p:spTree>
       <p:nvGrpSpPr>
         <p:cNvPr id="1" name=""/>
         <p:cNvGrpSpPr/>
         <p:nvPr/>
       </p:nvGrpSpPr>
       <p:grpSpPr>
         <a:xfrm>
           <a:off x="0" y="0"/>
           <a:ext cx="0" cy="0"/>
           <a:chOff x="0" y="0"/>
           <a:chExt cx="0" cy="0"/>
         </a:xfrm>
       </p:grpSpPr>
-      <p:pic>
-[...27 lines deleted...]
-      </p:pic>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Rechteck 3"/>
           <p:cNvSpPr/>
           <p:nvPr/>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
             <a:off x="520700" y="6139031"/>
             <a:ext cx="8007350" cy="380104"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
         <p:txBody>
           <a:bodyPr wrap="square">
             <a:spAutoFit/>
           </a:bodyPr>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="177800" indent="-147638">
               <a:lnSpc>
                 <a:spcPct val="85000"/>
               </a:lnSpc>
@@ -19426,50 +19262,107 @@
           </p:cNvPicPr>
           <p:nvPr/>
         </p:nvPicPr>
         <p:blipFill>
           <a:blip r:embed="rId4">
             <a:extLst>
               <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                 <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
               </a:ext>
             </a:extLst>
           </a:blip>
           <a:stretch>
             <a:fillRect/>
           </a:stretch>
         </p:blipFill>
         <p:spPr>
           <a:xfrm>
             <a:off x="7336467" y="2166708"/>
             <a:ext cx="1088396" cy="574934"/>
           </a:xfrm>
           <a:prstGeom prst="rect">
             <a:avLst/>
           </a:prstGeom>
         </p:spPr>
       </p:pic>
+      <p:graphicFrame>
+        <p:nvGraphicFramePr>
+          <p:cNvPr id="2" name="Objekt 1"/>
+          <p:cNvGraphicFramePr>
+            <a:graphicFrameLocks noChangeAspect="1"/>
+          </p:cNvGraphicFramePr>
+          <p:nvPr>
+            <p:extLst>
+              <p:ext uri="{D42A27DB-BD31-4B8C-83A1-F6EECF244321}">
+                <p14:modId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="3056158796"/>
+              </p:ext>
+            </p:extLst>
+          </p:nvPr>
+        </p:nvGraphicFramePr>
+        <p:xfrm>
+          <a:off x="643812" y="1445012"/>
+          <a:ext cx="6596743" cy="4582563"/>
+        </p:xfrm>
+        <a:graphic>
+          <a:graphicData uri="http://schemas.openxmlformats.org/presentationml/2006/ole">
+            <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+              <mc:Choice xmlns:v="urn:schemas-microsoft-com:vml" Requires="v">
+                <p:oleObj spid="_x0000_s1030" name="Acrobat Document" r:id="rId5" imgW="11430000" imgH="11429720" progId="AcroExch.Document.DC">
+                  <p:embed/>
+                </p:oleObj>
+              </mc:Choice>
+              <mc:Fallback>
+                <p:oleObj name="Acrobat Document" r:id="rId5" imgW="11430000" imgH="11429720" progId="AcroExch.Document.DC">
+                  <p:embed/>
+                  <p:pic>
+                    <p:nvPicPr>
+                      <p:cNvPr id="0" name=""/>
+                      <p:cNvPicPr/>
+                      <p:nvPr/>
+                    </p:nvPicPr>
+                    <p:blipFill>
+                      <a:blip r:embed="rId6"/>
+                      <a:stretch>
+                        <a:fillRect/>
+                      </a:stretch>
+                    </p:blipFill>
+                    <p:spPr>
+                      <a:xfrm>
+                        <a:off x="643812" y="1445012"/>
+                        <a:ext cx="6596743" cy="4582563"/>
+                      </a:xfrm>
+                      <a:prstGeom prst="rect">
+                        <a:avLst/>
+                      </a:prstGeom>
+                    </p:spPr>
+                  </p:pic>
+                </p:oleObj>
+              </mc:Fallback>
+            </mc:AlternateContent>
+          </a:graphicData>
+        </a:graphic>
+      </p:graphicFrame>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="1247238540"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
     </mc:Fallback>
   </mc:AlternateContent>
   <p:timing>
     <p:tnLst>
       <p:par>
@@ -19514,52 +19407,52 @@
           <a:p>
             <a:r>
               <a:rPr lang="de-AT" dirty="0"/>
               <a:t>Wie Demokratien unterminiert werden / 1</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-AT" dirty="0" smtClean="0"/>
               <a:t>:</a:t>
             </a:r>
             <a:endParaRPr lang="de-AT" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
       <p:sp>
         <p:nvSpPr>
           <p:cNvPr id="4" name="Textplatzhalter 3"/>
           <p:cNvSpPr>
             <a:spLocks noGrp="1"/>
           </p:cNvSpPr>
           <p:nvPr>
             <p:ph type="body" sz="quarter" idx="19"/>
           </p:nvPr>
         </p:nvSpPr>
         <p:spPr>
           <a:xfrm>
-            <a:off x="643882" y="2034540"/>
-            <a:ext cx="8042918" cy="3956505"/>
+            <a:off x="643881" y="2034540"/>
+            <a:ext cx="8238861" cy="3956505"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-AT" b="1" dirty="0"/>
               <a:t>Der Weg hin zu einer Diktatur ist meist schleichend, am Anfang steht eine</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="533400" indent="-358775">
               <a:spcBef>
                 <a:spcPts val="2400"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-AT" b="1" dirty="0"/>
               <a:t>Erzählung</a:t>
             </a:r>
           </a:p>
@@ -19634,103 +19527,117 @@
               <a:t>zu </a:t>
             </a:r>
             <a:endParaRPr lang="de-AT" b="1" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="533400" indent="-358775">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-AT" b="1" dirty="0"/>
               <a:t>Prozessen</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="812800" lvl="1" indent="-279400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:tabLst>
                 <a:tab pos="3860800" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
+              <a:rPr lang="de-AT" dirty="0" smtClean="0"/>
+              <a:t>„der Zweck heiligt die Mittel“</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="de-AT" dirty="0"/>
-              <a:t>„geht auf die Straße</a:t>
+              <a:t> </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-AT" dirty="0" smtClean="0"/>
-              <a:t>“	</a:t>
-[...2 lines deleted...]
-              <a:rPr lang="de-AT" dirty="0">
+              <a:t>    </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-AT" dirty="0" smtClean="0">
                 <a:latin typeface="Arial Black" panose="020B0A04020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> • </a:t>
-[...3 lines deleted...]
-              <a:t> „lasst nicht zu, dass</a:t>
+              <a:t>• </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-AT" dirty="0" smtClean="0"/>
-              <a:t>“</a:t>
+              <a:t> „beschmiert die Wände“</a:t>
             </a:r>
             <a:endParaRPr lang="de-AT" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="812800" lvl="1" indent="-279400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:tabLst>
                 <a:tab pos="3860800" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
-              <a:rPr lang="de-AT" dirty="0"/>
-[...2 lines deleted...]
-            <a:r>
               <a:rPr lang="de-AT" dirty="0" smtClean="0"/>
-              <a:t>“	</a:t>
+              <a:t>„bespuckt und verachtet Sie“</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-AT" dirty="0" smtClean="0"/>
+              <a:t>	</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-AT" dirty="0">
                 <a:latin typeface="Arial Black" panose="020B0A04020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
-              <a:t> • </a:t>
-[...3 lines deleted...]
-              <a:t>„kämpft um“, etc</a:t>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-AT" dirty="0">
+                <a:latin typeface="Arial Black" panose="020B0A04020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-AT" dirty="0" smtClean="0">
+                <a:latin typeface="Arial Black" panose="020B0A04020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-AT" dirty="0" smtClean="0">
+                <a:latin typeface="Arial Black" panose="020B0A04020102020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>• </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-AT" dirty="0" smtClean="0"/>
-              <a:t>. </a:t>
+              <a:t>„grenzt und schließt Sie aus“, etc.</a:t>
             </a:r>
             <a:endParaRPr lang="de-AT" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2170685403"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
@@ -19799,97 +19706,112 @@
           <a:xfrm>
             <a:off x="643882" y="2034540"/>
             <a:ext cx="7166618" cy="3956505"/>
           </a:xfrm>
         </p:spPr>
         <p:txBody>
           <a:bodyPr/>
           <a:lstStyle/>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-AT" b="1" dirty="0"/>
               <a:t>Der Weg hin zu einer Diktatur ist meist schleichend, am Anfang steht eine</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="533400" indent="-358775">
               <a:spcBef>
                 <a:spcPts val="2400"/>
               </a:spcBef>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-AT" b="1" dirty="0"/>
-              <a:t>Erzählung, darauf folgen </a:t>
+              <a:t>Erzählung, </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-AT" b="1" dirty="0" smtClean="0"/>
+              <a:t>darauf </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-AT" b="1" dirty="0"/>
+              <a:t>folgen </a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="533400" indent="-358775"/>
             <a:r>
               <a:rPr lang="de-AT" b="1" dirty="0" smtClean="0"/>
               <a:t>Prozesse</a:t>
             </a:r>
             <a:endParaRPr lang="de-AT" dirty="0"/>
           </a:p>
           <a:p>
             <a:pPr marL="0" indent="0">
               <a:spcBef>
                 <a:spcPts val="2400"/>
               </a:spcBef>
               <a:buNone/>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-AT" b="1" dirty="0"/>
-              <a:t>in weiter Folge entstehen neue / andere Zustände</a:t>
+              <a:t>in weiter Folge entstehen neue / </a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="de-AT" b="1" dirty="0" smtClean="0"/>
+              <a:t>andere</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="533400" indent="-358775">
               <a:spcAft>
                 <a:spcPts val="0"/>
               </a:spcAft>
             </a:pPr>
             <a:r>
               <a:rPr lang="de-AT" b="1" dirty="0" smtClean="0"/>
-              <a:t>Prozessen</a:t>
-[...1 lines deleted...]
-            <a:endParaRPr lang="de-AT" b="1" dirty="0"/>
+              <a:t>Zustände</a:t>
+            </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="812800" lvl="1" indent="-279400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
               <a:tabLst>
                 <a:tab pos="2959100" algn="l"/>
               </a:tabLst>
             </a:pPr>
             <a:r>
+              <a:rPr lang="de-AT" dirty="0" smtClean="0"/>
+              <a:t>„</a:t>
+            </a:r>
+            <a:r>
               <a:rPr lang="de-AT" dirty="0"/>
-              <a:t>„Verbote</a:t>
+              <a:t>Verbote</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-AT" dirty="0" smtClean="0"/>
               <a:t>“	</a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-AT" dirty="0" smtClean="0">
                 <a:latin typeface="Arial Black" panose="020B0A04020102020204" pitchFamily="34" charset="0"/>
               </a:rPr>
               <a:t>• </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-AT" dirty="0"/>
               <a:t>„antidemokratische </a:t>
             </a:r>
             <a:r>
               <a:rPr lang="de-AT" dirty="0" smtClean="0"/>
               <a:t>Entwicklungen</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:pPr marL="812800" lvl="1" indent="-279400">
               <a:lnSpc>
                 <a:spcPct val="100000"/>
               </a:lnSpc>
@@ -20415,80 +20337,75 @@
             <a:r>
               <a:rPr lang="de-AT" dirty="0"/>
               <a:t>Wissenschaftsskepsis</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="de-AT" dirty="0"/>
               <a:t>Gleichgültigkeit, Politikverdrossenheit</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="de-AT" dirty="0"/>
               <a:t>Demokratiefeindschaft</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="de-AT" dirty="0"/>
               <a:t>Gewaltbilligung</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
-              <a:rPr lang="de-AT" dirty="0"/>
-[...5 lines deleted...]
-              <a:rPr lang="de-AT" dirty="0"/>
+              <a:rPr lang="de-AT" dirty="0" smtClean="0"/>
               <a:t>Stereotype</a:t>
             </a:r>
+            <a:endParaRPr lang="de-AT" dirty="0"/>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="de-AT" dirty="0"/>
               <a:t>Feindbilder</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="de-AT" dirty="0"/>
               <a:t>Radikalisierung / Extremismus</a:t>
             </a:r>
           </a:p>
           <a:p>
             <a:r>
               <a:rPr lang="de-AT" dirty="0"/>
               <a:t>Antisemitismus </a:t>
             </a:r>
             <a:r>
-              <a:rPr lang="de-AT" dirty="0" err="1"/>
-              <a:t>etc</a:t>
+              <a:rPr lang="de-AT" dirty="0" smtClean="0"/>
+              <a:t>etc.</a:t>
             </a:r>
             <a:endParaRPr lang="de-AT" dirty="0"/>
           </a:p>
         </p:txBody>
       </p:sp>
     </p:spTree>
     <p:extLst>
       <p:ext uri="{BB962C8B-B14F-4D97-AF65-F5344CB8AC3E}">
         <p14:creationId xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main" val="2468164834"/>
       </p:ext>
     </p:extLst>
   </p:cSld>
   <p:clrMapOvr>
     <a:masterClrMapping/>
   </p:clrMapOvr>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:p14="http://schemas.microsoft.com/office/powerpoint/2010/main">
     <mc:Choice Requires="p14">
       <p:transition spd="med" p14:dur="700">
         <p:fade/>
       </p:transition>
     </mc:Choice>
     <mc:Fallback xmlns="">
       <p:transition spd="med">
         <p:fade/>
       </p:transition>
@@ -21988,95 +21905,101 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <TotalTime></TotalTime>
-  <Words>1395</Words>
+  <Words>1331</Words>
   <Application>Microsoft Office PowerPoint</Application>
   <PresentationFormat>Bildschirmpräsentation (4:3)</PresentationFormat>
-  <Paragraphs>194</Paragraphs>
-  <Slides>23</Slides>
+  <Paragraphs>187</Paragraphs>
+  <Slides>22</Slides>
   <Notes>8</Notes>
   <HiddenSlides>0</HiddenSlides>
   <MMClips>0</MMClips>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
-    <vt:vector size="6" baseType="variant">
+    <vt:vector size="8" baseType="variant">
       <vt:variant>
         <vt:lpstr>Verwendete Schriftarten</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>9</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Design</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>2</vt:i4>
       </vt:variant>
       <vt:variant>
+        <vt:lpstr>Eingebettete OLE-Server</vt:lpstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>1</vt:i4>
+      </vt:variant>
+      <vt:variant>
         <vt:lpstr>Folientitel</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>23</vt:i4>
+        <vt:i4>22</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="34" baseType="lpstr">
       <vt:lpstr>Arial</vt:lpstr>
       <vt:lpstr>Arial Black</vt:lpstr>
       <vt:lpstr>Calibri</vt:lpstr>
       <vt:lpstr>Calibri Light</vt:lpstr>
       <vt:lpstr>Corbel</vt:lpstr>
       <vt:lpstr>Franklin Gothic Book</vt:lpstr>
       <vt:lpstr>Franklin Gothic Demi</vt:lpstr>
       <vt:lpstr>Franklin Gothic Medium</vt:lpstr>
       <vt:lpstr>Times New Roman</vt:lpstr>
       <vt:lpstr>ZusammenStaerker_Präsentation</vt:lpstr>
       <vt:lpstr>1_ZusammenStaerker_Präsentation</vt:lpstr>
-      <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
+      <vt:lpstr>Adobe Acrobat Document</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
       <vt:lpstr>PowerPoint-Präsentation</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>HDruckZ</Company>